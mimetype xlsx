--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb64a35351b24f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c144f09a7b4987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R55c34df46c464548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R0465420330bd4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55c34df46c464548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed0a716cbb9460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0465420330bd4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100e55ecf2ed498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Расходы бюджета в разрезе ГРБС</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
@@ -133,29 +133,28 @@
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>2028, тыс. руб.</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>2029, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ИТОГО</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:D1"/>
-    <x:mergeCell ref="A2:D2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>