--- v1 (2026-01-07)
+++ v2 (2026-03-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c144f09a7b4987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162ea84632244641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R0465420330bd4471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R215ecb7f7d2a4115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,96 +65,124 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0465420330bd4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100e55ecf2ed498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R215ecb7f7d2a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e98bd3b8cf14064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Расходы бюджета в разрезе ГРБС</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 30.07.2027</x:v>
+        <x:v>Данные на 03.02.2026</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
+        <x:v>2026, тыс. руб.</x:v>
+      </x:c>
+      <x:c r="C5" s="2" t="str">
         <x:v>2027, тыс. руб.</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="str">
+      <x:c r="D5" s="2" t="str">
         <x:v>2028, тыс. руб.</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2029, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ИТОГО</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
+    <x:row r="7">
+      <x:c r="A7" s="3" t="str">
+        <x:v>Министерство финансов Забайкальского края</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" s="3" t="str">
+        <x:v>Министерство экономического развития Забайкальского края</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:D1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>