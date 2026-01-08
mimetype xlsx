--- v0 (2025-10-28)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99eb4e8a69a41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a3ab92b15f4c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R4c3c63b4019d4c09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rbf89a6992fb149af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,51 +65,51 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c3c63b4019d4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf51bd06d6c49f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf89a6992fb149af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c49d9280fa45da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Расходы бюджета в разрезе государственных программ</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
@@ -133,29 +133,28 @@
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>2028, тыс. руб.</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>2029, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ИТОГО</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:D1"/>
-    <x:mergeCell ref="A2:D2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>