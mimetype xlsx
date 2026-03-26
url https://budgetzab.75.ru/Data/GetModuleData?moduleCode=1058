--- v1 (2026-01-08)
+++ v2 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a3ab92b15f4c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d9bebb63a0d4c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rbf89a6992fb149af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R54fd554195e64761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,96 +65,530 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf89a6992fb149af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c49d9280fa45da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54fd554195e64761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf32c7d993254e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Расходы бюджета в разрезе государственных программ</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 30.07.2027</x:v>
+        <x:v>Данные на 27.03.2026</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
+        <x:v>2026, тыс. руб.</x:v>
+      </x:c>
+      <x:c r="C5" s="2" t="str">
         <x:v>2027, тыс. руб.</x:v>
       </x:c>
-      <x:c r="C5" s="2" t="str">
+      <x:c r="D5" s="2" t="str">
         <x:v>2028, тыс. руб.</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2029, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ИТОГО</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
+        <x:v>177695224.8</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>160339812</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="n">
+        <x:v>154719420</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Управление государственными финансами и государственным долгом"</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>10494057.4</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>9476088.2</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>9246168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Защита населения и территорий от чрезвычайных ситуаций, обеспечение пожарной безопасности и безопасности людей на водных объектах Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>2165032.7</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>1943579.5</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>1877428.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Экономическое развитие"</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>5438458.4</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>5759076.9</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>4571187.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Содействие занятости населения"</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>899496.7</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>1560674</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>876530.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие сельского хозяйства и регулирование рынков сельскохозяйственной продукции, сырья и продовольствия"</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>2620913.4</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>2143492.2</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>2084020</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие информационного общества и формирование электронного правительства в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>324392.4</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>491257.3</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>590922</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Воспроизводство и использование природных ресурсов"</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>1821435</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>653908.5</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>389639.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Охрана окружающей среды"</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>4496304.8</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>836800.7</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>707799.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие лесного хозяйства Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>3739605.1</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>3586720.8</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>3864402.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Управление государственной собственностью Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>508928</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>392697.9</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>379138</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие международной, внешнеэкономической деятельности в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>81363.1</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>77263.8</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>74595.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие территорий и жилищная политика Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>680100</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>603552.7</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>586832.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие транспортной системы Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>1529324.4</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>1013099.8</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>1322087.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие образования Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>34825655.5</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>33657518.3</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>30309499.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие культуры в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>2648840.7</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>3308763.9</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>3254863.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие здравоохранения Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>22152864.7</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>25311380.6</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>27130539.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Социальная поддержка граждан"</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>16605763.8</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>16202530.2</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>17012432.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие физической культуры и спорта в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>1157477.4</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>2571836.1</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>2723522.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Совершенствование государственного управления Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>5800</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>5507.6</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>5317.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Социально-экономическое развитие Агинского Бурятского округа Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>161875.6</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>148296.3</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>143555.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Комплексные меры по улучшению наркологической ситуации в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>3433.3</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>3260.3</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>3147.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Доступная среда"</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>19511.6</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>65760.6</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>41284.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Обеспечение градостроительной деятельности на территории Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>2974237.3</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>834477.4</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>767759.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края по переселению граждан из жилищного фонда, признанного аварийным или непригодным для проживания, и (или) с высоким уровнем износа</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>1579535.1</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>24829</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>25108.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c r="A31" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Формирование современной городской среды"</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>1271205.4</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>259338.3</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>261841</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c r="A32" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Сохранение, использование, популяризация и государственная охрана объектов культурного наследия"</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>21774.2</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>16209</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>16827</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c r="A33" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Комплексное развитие сельских территорий"</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>254226.5</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>69842</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C6" s="4" t="n">
-[...3 lines deleted...]
-        <x:v>0</x:v>
+    </x:row>
+    <x:row r="34">
+      <x:c r="A34" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие дорожного хозяйства Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>21170944.9</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>16537661.4</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>17457339.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35">
+      <x:c r="A35" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Реализация государственной национальной политики, развитие институтов региональной политики и гражданского общества в Забайкальском крае"</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>891894.6</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>609778.6</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>608096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c r="A36" s="3" t="str">
+        <x:v>Государственная программа Забайкальского края "Развитие жилищно-коммунального хозяйства и энергетики Забайкальского края"</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>9538309</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>8439928.2</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6423199.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c r="A37" s="3" t="str">
+        <x:v>Непрограммная деятельность</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>27612463.8</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>23734681.9</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>21964333</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:D1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>