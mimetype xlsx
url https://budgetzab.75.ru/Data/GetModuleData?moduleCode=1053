--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2915f826f04240e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed2703dba6e4161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R9d0f3ae417994e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R9e481bef35774138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,167 +65,166 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d0f3ae417994e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb2934048a84c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e481bef35774138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70bbedd14b9d4b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Источники финансирования дефицита бюджета (Краевой бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.08.2025</x:v>
+        <x:v>Данные на 01.11.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Назначено, тыс. руб.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Исполнено, тыс. руб.</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Кредиты кредитных организаций в валюте Российской Федерации</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10701860.9</x:v>
+        <x:v>10699201.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>Получение кредитов от кредитных организаций в валюте Российской Федерации</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10701860.9</x:v>
+        <x:v>10699201.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Погашение кредитов, предоставленных кредитными организациями в валюте Российской Федерации</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Бюджетные кредиты от других бюджетов бюджетной системы Российской Федерации</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-2198255.4</x:v>
+        <x:v>-2199596</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>183147.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Получение бюджетных кредитов от других бюджетов бюджетной системы Российской Федерации в валюте Российской Федерации</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>5184488</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>184488</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Погашение бюджетных кредитов, полученных от других бюджетов бюджетной системы Российской Федерации в валюте Российской Федерации</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-7382743.4</x:v>
+        <x:v>-7384084</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>-1340.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>Изменение остатков средств на счетах по учету средств бюджета</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>857564.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-11230871.4</x:v>
+        <x:v>-15996718.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Иные источники внутреннего финансирования дефицитов бюджетов</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>146394.5</x:v>
+        <x:v>150394.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2459464.6</x:v>
+        <x:v>1124670.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:C1"/>
-    <x:mergeCell ref="A2:C2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>