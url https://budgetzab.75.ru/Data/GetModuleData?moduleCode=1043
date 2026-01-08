--- v0 (2025-10-28)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c64512d2e654259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7c7ebbfbca4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R58c62ba69cf647b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra5f0fade90c34a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,308 +65,308 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58c62ba69cf647b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra963d892fc954a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5f0fade90c34a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R517cd29de5834115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение расходов бюджета по разделам и подразделам (Консолидированный бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.10.2025</x:v>
+        <x:v>Данные на 01.11.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Первоначальный план, млн, руб.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Уточненный годовой план, млн. руб.</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Исполнение на отчетную дату, млн. руб.</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>% исполнения первоначального плана, %</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>% исполнения уточненного плана, %</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Исполнение на аналогичный период прошлого года, млн. руб.</x:v>
       </x:c>
       <x:c r="H5" s="2" t="str">
         <x:v>%к прошлому году, %</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ОБЩЕГОСУДАРСТВЕННЫЕ ВОПРОСЫ</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>24077.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>17186.8</x:v>
+        <x:v>16617.4</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>8350.2</x:v>
+        <x:v>9626.4</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>34.7</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>48.6</x:v>
+        <x:v>57.9</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>7248.9</x:v>
+        <x:v>8236.6</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>115.2</x:v>
+        <x:v>116.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>Функционирование высшего должностного лица субъекта Российской Федерации и муниципального образования</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>300.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>337.9</x:v>
+        <x:v>353.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>275.3</x:v>
+        <x:v>305.2</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>91.6</x:v>
+        <x:v>101.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>81.5</x:v>
+        <x:v>86.3</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>284.1</x:v>
+        <x:v>328.8</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>96.9</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Функционирование законодательных (представительных) органов государственной власти и представительных органов муниципальных образований</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>327.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>387.6</x:v>
+        <x:v>390.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>292.8</x:v>
+        <x:v>324.7</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>89.4</x:v>
+        <x:v>99.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>83.1</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>211.9</x:v>
+        <x:v>243.3</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>138.2</x:v>
+        <x:v>133.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Функционирование Правительства Российской Федерации, высших исполнительных органов субъектов Российской Федерации, местных администраций</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1908.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2101.1</x:v>
+        <x:v>2258.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1678.9</x:v>
+        <x:v>1892.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>88</x:v>
+        <x:v>99.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>79.9</x:v>
+        <x:v>83.8</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>1407.7</x:v>
+        <x:v>1613.3</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>119.3</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Судебная система</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Обеспечение деятельности финансовых, налоговых и таможенных органов и органов финансового (финансово-бюджетного) надзора</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>842.2</x:v>
+        <x:v>886.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>651.8</x:v>
+        <x:v>737.2</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>89</x:v>
+        <x:v>100.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>77.4</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>530.1</x:v>
+        <x:v>612.4</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>123</x:v>
+        <x:v>120.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>Обеспечение проведения выборов и референдумов</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>58.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>129</x:v>
+        <x:v>127.9</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>107.4</x:v>
+        <x:v>114.7</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>184.2</x:v>
+        <x:v>196.7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>83.2</x:v>
+        <x:v>89.6</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>334.5</x:v>
+        <x:v>351.7</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>32.1</x:v>
+        <x:v>32.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Резервные фонды</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>348.6</x:v>
+        <x:v>270.9</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>Прикладные научные исследования в области общегосударственных вопросов</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
@@ -374,1792 +374,1791 @@
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>Другие общегосударственные вопросы</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>20584.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>13039.7</x:v>
+        <x:v>12328.8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5344.1</x:v>
+        <x:v>6252.2</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>30.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>50.7</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>4480.2</x:v>
+        <x:v>5086.7</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>119.3</x:v>
+        <x:v>122.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ ОБОРОНА</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>81.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>97.2</x:v>
+        <x:v>95.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>66.6</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>81.7</x:v>
+        <x:v>93.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>68.5</x:v>
+        <x:v>79.2</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>86.9</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>85.5</x:v>
+        <x:v>87.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>Мобилизационная и вневойсковая подготовка</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>81.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>97.2</x:v>
+        <x:v>95.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>66.6</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>81.7</x:v>
+        <x:v>93.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>68.5</x:v>
+        <x:v>79.2</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>86.9</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>85.5</x:v>
+        <x:v>87.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ БЕЗОПАСНОСТЬ И ПРАВООХРАНИТЕЛЬНАЯ ДЕЯТЕЛЬНОСТЬ</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>2427.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3097.9</x:v>
+        <x:v>3122.7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1888</x:v>
+        <x:v>2252.2</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>77.8</x:v>
+        <x:v>92.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>60.9</x:v>
+        <x:v>72.1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>1717.7</x:v>
+        <x:v>1939.1</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>109.9</x:v>
+        <x:v>116.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>Гражданская оборона</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>219.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>240</x:v>
+        <x:v>244.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>151.2</x:v>
+        <x:v>173.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>68.8</x:v>
+        <x:v>78.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>63</x:v>
+        <x:v>70.9</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>120.6</x:v>
+        <x:v>140.4</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>125.3</x:v>
+        <x:v>123.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>Защита населения и территории от чрезвычайных ситуаций природного и техногенного характера, пожарная безопасность</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>2193.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2832</x:v>
+        <x:v>2849.2</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1719.5</x:v>
+        <x:v>2053.7</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>78.4</x:v>
+        <x:v>93.6</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>60.7</x:v>
+        <x:v>72.1</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>1593.1</x:v>
+        <x:v>1793.4</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>107.9</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>Миграционная политика</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>40.5</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>40.5</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>198.7</x:v>
+        <x:v>168.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>Другие вопросы в области национальной безопасности и правоохранительной деятельности</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>121.4</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>67.3</x:v>
+        <x:v>87.2</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>438.6</x:v>
+        <x:v>479.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ ЭКОНОМИКА</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>30793.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>38395.3</x:v>
+        <x:v>38496.3</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>26101.7</x:v>
+        <x:v>28791.5</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>84.8</x:v>
+        <x:v>93.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>68</x:v>
+        <x:v>74.8</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>20069.6</x:v>
+        <x:v>23138.8</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>130.1</x:v>
+        <x:v>124.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>Общеэкономические вопросы</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>307.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>309.1</x:v>
+        <x:v>308.2</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>182.5</x:v>
+        <x:v>221.8</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>59.4</x:v>
+        <x:v>72.2</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>177.6</x:v>
+        <x:v>199.4</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>102.7</x:v>
+        <x:v>111.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
         <x:v>Сельское хозяйство и рыболовство</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>3032.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3185.2</x:v>
+        <x:v>3214.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2422.6</x:v>
+        <x:v>2563.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>79.9</x:v>
+        <x:v>84.5</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>1857.6</x:v>
+        <x:v>1986.2</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>130.4</x:v>
+        <x:v>129.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>Водное хозяйство</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>1647.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1776.9</x:v>
+        <x:v>1785.6</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1242.6</x:v>
+        <x:v>1384.2</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>75.4</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>69.9</x:v>
+        <x:v>77.5</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>689.9</x:v>
+        <x:v>772.8</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
-        <x:v>180.1</x:v>
+        <x:v>179.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>Лесное хозяйство</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>3271.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>4897.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4261</x:v>
+        <x:v>4429</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>130.2</x:v>
+        <x:v>135.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>87</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>2583.5</x:v>
+        <x:v>2919.2</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>164.9</x:v>
+        <x:v>151.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>Транспорт</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>840.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1124.9</x:v>
+        <x:v>1272.4</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>730.4</x:v>
+        <x:v>878.6</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>86.9</x:v>
+        <x:v>104.6</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>64.9</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>508</x:v>
+        <x:v>617.3</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>143.8</x:v>
+        <x:v>142.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>Дорожное хозяйство (дорожные фонды)</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>19169.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>20969.7</x:v>
+        <x:v>21011.4</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>13478.3</x:v>
+        <x:v>14999.4</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>70.3</x:v>
+        <x:v>78.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>64.3</x:v>
+        <x:v>71.4</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>10400.2</x:v>
+        <x:v>12072.7</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>129.6</x:v>
+        <x:v>124.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
         <x:v>Связь и информатика</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>155.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>163.2</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>83</x:v>
+        <x:v>115.3</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>53.4</x:v>
+        <x:v>74.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>50.9</x:v>
+        <x:v>70.7</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>105.2</x:v>
+        <x:v>114.5</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>78.9</x:v>
+        <x:v>100.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
-        <x:v>Прикладные научные исследования в области национальной экономики</x:v>
+        <x:v>Другие вопросы в области национальной экономики</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2369.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5843.6</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4199.6</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>177.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>71.9</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>4456.7</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
-        <x:v>Другие вопросы в области национальной экономики</x:v>
+        <x:v>ЖИЛИЩНО-КОММУНАЛЬНОЕ ХОЗЯЙСТВО</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2369.4</x:v>
+        <x:v>12310.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5968.6</x:v>
+        <x:v>16690.5</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>3701.4</x:v>
+        <x:v>10270.5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>156.2</x:v>
+        <x:v>83.4</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>62</x:v>
+        <x:v>61.5</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>3747.4</x:v>
+        <x:v>7223.2</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>98.8</x:v>
+        <x:v>142.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
-        <x:v>ЖИЛИЩНО-КОММУНАЛЬНОЕ ХОЗЯЙСТВО</x:v>
+        <x:v>Жилищное хозяйство</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>12310.7</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>16088.7</x:v>
+        <x:v>1076.8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9032.7</x:v>
+        <x:v>316.4</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>73.4</x:v>
+        <x:v>198.3</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>56.1</x:v>
+        <x:v>29.4</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>6086.8</x:v>
+        <x:v>240.7</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>148.4</x:v>
+        <x:v>131.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
-        <x:v>Жилищное хозяйство</x:v>
+        <x:v>Коммунальное хозяйство</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>159.5</x:v>
+        <x:v>7798.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>524.8</x:v>
+        <x:v>10402.9</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>287.7</x:v>
+        <x:v>5924.6</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>180.3</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>54.8</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>218.3</x:v>
+        <x:v>4693.2</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>131.8</x:v>
+        <x:v>126.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
-        <x:v>Коммунальное хозяйство</x:v>
+        <x:v>Благоустройство</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>7798.4</x:v>
+        <x:v>1729.8</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>10738.8</x:v>
+        <x:v>2201.1</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4907.1</x:v>
+        <x:v>1735.7</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>100.3</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>45.7</x:v>
+        <x:v>78.9</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>3742.8</x:v>
+        <x:v>1572.4</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>131.1</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
-        <x:v>Благоустройство</x:v>
+        <x:v>Другие вопросы в области жилищно-коммунального хозяйства</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1729.8</x:v>
+        <x:v>2622.9</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2190.3</x:v>
+        <x:v>3009.7</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1591.6</x:v>
+        <x:v>2293.8</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>92</x:v>
+        <x:v>87.5</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>76.2</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>1449</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>109.8</x:v>
+        <x:v>319.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
-        <x:v>Другие вопросы в области жилищно-коммунального хозяйства</x:v>
+        <x:v>ОХРАНА ОКРУЖАЮЩЕЙ СРЕДЫ</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2622.9</x:v>
+        <x:v>342.7</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2634.8</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2246.3</x:v>
+        <x:v>502.6</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>85.6</x:v>
+        <x:v>146.6</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>85.3</x:v>
+        <x:v>42.6</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>676.7</x:v>
+        <x:v>987.8</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>332</x:v>
+        <x:v>50.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
-        <x:v>ОХРАНА ОКРУЖАЮЩЕЙ СРЕДЫ</x:v>
+        <x:v>Сбор, удаление отходов и очистка сточных вод</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>342.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1171.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>435.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>127.1</x:v>
+        <x:v>68.4</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>935.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>46.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
-        <x:v>Сбор, удаление отходов и очистка сточных вод</x:v>
+        <x:v>Охрана объектов растительного и животного мира и среды их обитания</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>38.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>34.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>30.4</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>64.9</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
-        <x:v>Охрана объектов растительного и животного мира и среды их обитания</x:v>
+        <x:v>Прикладные научные исследования в области охраны окружающей среды</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>38.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>34.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>67.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>111.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
-        <x:v>Прикладные научные исследования в области охраны окружающей среды</x:v>
+        <x:v>Другие вопросы в области охраны окружающей среды</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>302.6</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>470.4</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155.5</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>41.3</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>961.2</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>48.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
-        <x:v>Другие вопросы в области охраны окружающей среды</x:v>
+        <x:v>ОБРАЗОВАНИЕ</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>302.6</x:v>
+        <x:v>48540.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1130.6</x:v>
+        <x:v>49922.5</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>407.8</x:v>
+        <x:v>39099.2</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>134.8</x:v>
+        <x:v>80.6</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>78.3</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>912.3</x:v>
+        <x:v>37048.4</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>44.7</x:v>
+        <x:v>105.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
-        <x:v>ОБРАЗОВАНИЕ</x:v>
+        <x:v>Дошкольное образование</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>48540.3</x:v>
+        <x:v>11329.1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>49933.5</x:v>
+        <x:v>11172.6</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>34863.8</x:v>
+        <x:v>8797.8</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>71.8</x:v>
+        <x:v>77.7</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>69.8</x:v>
+        <x:v>78.7</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>33103.3</x:v>
+        <x:v>7589.1</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>105.3</x:v>
+        <x:v>115.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
-        <x:v>Дошкольное образование</x:v>
+        <x:v>Общее образование</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>11329.1</x:v>
+        <x:v>27934.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>11049.9</x:v>
+        <x:v>29139.9</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7808.7</x:v>
+        <x:v>22587.6</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>68.9</x:v>
+        <x:v>80.9</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>70.7</x:v>
+        <x:v>77.5</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>6620.3</x:v>
+        <x:v>22270.1</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>118</x:v>
+        <x:v>101.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
-        <x:v>Общее образование</x:v>
+        <x:v>Дополнительное образование детей</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>27934.5</x:v>
+        <x:v>2628.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>29420</x:v>
+        <x:v>2855.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>20121.9</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>72</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>68.4</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>20064.5</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
-        <x:v>100.3</x:v>
+        <x:v>111.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
-        <x:v>Дополнительное образование детей</x:v>
+        <x:v>Среднее профессиональное образование</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2628.8</x:v>
+        <x:v>3562.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2744.6</x:v>
+        <x:v>3443.2</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>2072</x:v>
+        <x:v>2964.5</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>86.1</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>1856.4</x:v>
+        <x:v>2689.6</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
-        <x:v>111.6</x:v>
+        <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
-        <x:v>Среднее профессиональное образование</x:v>
+        <x:v>Профессиональная подготовка, переподготовка и повышение квалификации</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3562.2</x:v>
+        <x:v>123.5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3443.9</x:v>
+        <x:v>121.5</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2647.4</x:v>
+        <x:v>94.2</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>74.3</x:v>
+        <x:v>76.3</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>76.9</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>2418.7</x:v>
+        <x:v>104.5</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
-        <x:v>109.5</x:v>
+        <x:v>90.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
-        <x:v>Профессиональная подготовка, переподготовка и повышение квалификации</x:v>
+        <x:v>Высшее образование</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>123.5</x:v>
+        <x:v>167.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>121.5</x:v>
+        <x:v>227.1</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>76.9</x:v>
+        <x:v>27.7</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>62.3</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>63.3</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>92.3</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>55.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
-        <x:v>Высшее образование</x:v>
+        <x:v>Молодежная политика</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>167.1</x:v>
+        <x:v>137.6</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>227.1</x:v>
+        <x:v>145.9</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>123.5</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>89.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>84.6</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>50</x:v>
+        <x:v>117.9</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
-        <x:v>55.3</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
-        <x:v>Молодежная политика</x:v>
+        <x:v>Другие вопросы в области образования</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>137.6</x:v>
+        <x:v>2657.5</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>143.5</x:v>
+        <x:v>2817.1</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>112.6</x:v>
+        <x:v>2189.9</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>81.8</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>78.5</x:v>
+        <x:v>77.7</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>108.2</x:v>
+        <x:v>2146.2</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
-        <x:v>104.1</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
-        <x:v>Другие вопросы в области образования</x:v>
+        <x:v>КУЛЬТУРА, КИНЕМАТОГРАФИЯ</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2657.5</x:v>
+        <x:v>5166.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2783</x:v>
+        <x:v>6070.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1996.6</x:v>
+        <x:v>4696.5</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>75.1</x:v>
+        <x:v>90.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>71.7</x:v>
+        <x:v>77.4</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>1892.9</x:v>
+        <x:v>4468.9</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
-        <x:v>105.5</x:v>
+        <x:v>105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
-        <x:v>КУЛЬТУРА, КИНЕМАТОГРАФИЯ</x:v>
+        <x:v>Культура</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5166.7</x:v>
+        <x:v>3951.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5830.2</x:v>
+        <x:v>4616.8</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>4205.2</x:v>
+        <x:v>3711.3</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>81.4</x:v>
+        <x:v>93.9</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>80.4</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>4067.4</x:v>
+        <x:v>3450.7</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
-        <x:v>103.4</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
-        <x:v>Культура</x:v>
+        <x:v>Кинематография</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3951.3</x:v>
+        <x:v>92.6</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4408.1</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3346.8</x:v>
+        <x:v>88.9</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>84.7</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>75.9</x:v>
+        <x:v>97.6</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
-        <x:v>3151.4</x:v>
+        <x:v>90.7</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
-        <x:v>106.2</x:v>
+        <x:v>97.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
-        <x:v>Кинематография</x:v>
+        <x:v>Другие вопросы в области культуры, кинематографии</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>92.6</x:v>
+        <x:v>1122.8</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>91</x:v>
+        <x:v>1362.8</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>80.8</x:v>
+        <x:v>896.4</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>87.3</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>88.8</x:v>
+        <x:v>65.8</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>83.6</x:v>
+        <x:v>927.4</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
-        <x:v>96.6</x:v>
+        <x:v>96.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
-        <x:v>Другие вопросы в области культуры, кинематографии</x:v>
+        <x:v>ЗДРАВООХРАНЕНИЕ</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1122.8</x:v>
+        <x:v>10095.2</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1331.1</x:v>
+        <x:v>10473.7</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>777.7</x:v>
+        <x:v>8663.5</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>69.3</x:v>
+        <x:v>85.8</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>58.4</x:v>
+        <x:v>82.7</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>832.3</x:v>
+        <x:v>5402.8</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
-        <x:v>93.4</x:v>
+        <x:v>160.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
-        <x:v>ЗДРАВООХРАНЕНИЕ</x:v>
+        <x:v>Стационарная медицинская помощь</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>10095.2</x:v>
+        <x:v>4319.7</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>10437.6</x:v>
+        <x:v>4622.6</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>7972.7</x:v>
+        <x:v>4114.7</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>79</x:v>
+        <x:v>95.3</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>76.4</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>4915.1</x:v>
+        <x:v>2892.8</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
-        <x:v>162.2</x:v>
+        <x:v>142.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
-        <x:v>Стационарная медицинская помощь</x:v>
+        <x:v>Амбулаторная помощь</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>4319.7</x:v>
+        <x:v>4040.9</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>4621.9</x:v>
+        <x:v>4030</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3848.1</x:v>
+        <x:v>3126.7</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>89.1</x:v>
+        <x:v>77.4</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
-        <x:v>2683.6</x:v>
+        <x:v>1249.4</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
-        <x:v>143.4</x:v>
+        <x:v>250.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
-        <x:v>Амбулаторная помощь</x:v>
+        <x:v>Скорая медицинская помощь</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>4040.9</x:v>
+        <x:v>821.8</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3995.3</x:v>
+        <x:v>799.2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>2914.4</x:v>
+        <x:v>603.5</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>73.4</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>72.9</x:v>
+        <x:v>75.5</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>1106.9</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
-        <x:v>263.3</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
-        <x:v>Скорая медицинская помощь</x:v>
+        <x:v>Санаторно-оздоровительная помощь</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>821.8</x:v>
+        <x:v>118.6</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>799.8</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>524.1</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>63.8</x:v>
+        <x:v>95.3</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>65.5</x:v>
+        <x:v>81.1</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
-        <x:v>444.8</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
-        <x:v>117.8</x:v>
+        <x:v>137.2</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
-        <x:v>Санаторно-оздоровительная помощь</x:v>
+        <x:v>Заготовка, переработка, хранение и обеспечение безопасности донорской крови и ее компонентов</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>118.6</x:v>
+        <x:v>108.7</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>138</x:v>
+        <x:v>140.7</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>96</x:v>
+        <x:v>112.1</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>80.9</x:v>
+        <x:v>103.2</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>69.6</x:v>
+        <x:v>79.7</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
-        <x:v>74.6</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
-        <x:v>128.7</x:v>
+        <x:v>133.4</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
-        <x:v>Заготовка, переработка, хранение и обеспечение безопасности донорской крови и ее компонентов</x:v>
+        <x:v>Другие вопросы в области здравоохранения</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>108.7</x:v>
+        <x:v>685.5</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>140.7</x:v>
+        <x:v>741.8</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>97.7</x:v>
+        <x:v>593.4</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>89.9</x:v>
+        <x:v>86.6</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>69.5</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>591.2</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
-        <x:v>125.9</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
-        <x:v>Другие вопросы в области здравоохранения</x:v>
+        <x:v>СОЦИАЛЬНАЯ ПОЛИТИКА</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>685.5</x:v>
+        <x:v>32442.9</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>742</x:v>
+        <x:v>38307.1</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>492.3</x:v>
+        <x:v>31844.8</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>71.8</x:v>
+        <x:v>98.2</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>66.4</x:v>
+        <x:v>83.1</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
-        <x:v>527.6</x:v>
+        <x:v>25775.4</x:v>
       </x:c>
       <x:c r="H62" s="4" t="n">
-        <x:v>93.3</x:v>
+        <x:v>123.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
-        <x:v>СОЦИАЛЬНАЯ ПОЛИТИКА</x:v>
+        <x:v>Пенсионное обеспечение</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>32442.9</x:v>
+        <x:v>4214.4</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>37441.3</x:v>
+        <x:v>4811.2</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>28491.3</x:v>
+        <x:v>4067.9</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>87.8</x:v>
+        <x:v>96.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>84.6</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>22930</x:v>
+        <x:v>3264</x:v>
       </x:c>
       <x:c r="H63" s="4" t="n">
-        <x:v>124.3</x:v>
+        <x:v>124.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
-        <x:v>Пенсионное обеспечение</x:v>
+        <x:v>Социальное обслуживание населения</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>4214.4</x:v>
+        <x:v>4001</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>4228.2</x:v>
+        <x:v>4090</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3664.7</x:v>
+        <x:v>3159.8</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>86.7</x:v>
+        <x:v>77.3</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
-        <x:v>2947.3</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
-        <x:v>124.3</x:v>
+        <x:v>117.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
-        <x:v>Социальное обслуживание населения</x:v>
+        <x:v>Социальное обеспечение населения</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4001</x:v>
+        <x:v>17640.9</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>4090</x:v>
+        <x:v>22626.6</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2858.6</x:v>
+        <x:v>19310</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>71.4</x:v>
+        <x:v>109.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>69.9</x:v>
+        <x:v>85.3</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
-        <x:v>2337</x:v>
+        <x:v>14303.3</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
-        <x:v>122.3</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
-        <x:v>Социальное обеспечение населения</x:v>
+        <x:v>Охрана семьи и детства</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>17640.9</x:v>
+        <x:v>6200.2</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>22396.1</x:v>
+        <x:v>6333.7</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>17121.5</x:v>
+        <x:v>4988.5</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>97.1</x:v>
+        <x:v>80.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>76.4</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="G66" s="4" t="n">
-        <x:v>12767.8</x:v>
+        <x:v>5287.4</x:v>
       </x:c>
       <x:c r="H66" s="4" t="n">
-        <x:v>134.1</x:v>
+        <x:v>94.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
-        <x:v>Охрана семьи и детства</x:v>
+        <x:v>Другие вопросы в области социальной политики</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6200.2</x:v>
+        <x:v>386.4</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6295.6</x:v>
+        <x:v>445.6</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>4562.7</x:v>
+        <x:v>318.7</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>73.6</x:v>
+        <x:v>82.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>71.5</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
-        <x:v>4672.7</x:v>
+        <x:v>225.6</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
-        <x:v>97.6</x:v>
+        <x:v>141.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
-        <x:v>Другие вопросы в области социальной политики</x:v>
+        <x:v>ФИЗИЧЕСКАЯ КУЛЬТУРА И СПОРТ</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>386.4</x:v>
+        <x:v>2381.4</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>431.3</x:v>
+        <x:v>2614</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>283.8</x:v>
+        <x:v>2096.6</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>73.4</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>65.8</x:v>
+        <x:v>80.2</x:v>
       </x:c>
       <x:c r="G68" s="4" t="n">
-        <x:v>205.2</x:v>
+        <x:v>2129.8</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
-        <x:v>138.3</x:v>
+        <x:v>98.4</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" s="3" t="str">
-        <x:v>ФИЗИЧЕСКАЯ КУЛЬТУРА И СПОРТ</x:v>
+        <x:v>Физическая культура</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>2381.4</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>2563.5</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1901.5</x:v>
+        <x:v>33.8</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>79.8</x:v>
+        <x:v>79.1</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>74.2</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="G69" s="4" t="n">
-        <x:v>1768</x:v>
+        <x:v>57.8</x:v>
       </x:c>
       <x:c r="H69" s="4" t="n">
-        <x:v>107.6</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" s="3" t="str">
-        <x:v>Физическая культура</x:v>
+        <x:v>Массовый спорт</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>1101.2</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>40.6</x:v>
+        <x:v>1231.2</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>29.8</x:v>
+        <x:v>940.3</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>69.6</x:v>
+        <x:v>85.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>73.2</x:v>
+        <x:v>76.4</x:v>
       </x:c>
       <x:c r="G70" s="4" t="n">
-        <x:v>51.9</x:v>
+        <x:v>1117.6</x:v>
       </x:c>
       <x:c r="H70" s="4" t="n">
-        <x:v>57.4</x:v>
+        <x:v>84.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" s="3" t="str">
-        <x:v>Массовый спорт</x:v>
+        <x:v>Спорт высших достижений</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1101.2</x:v>
+        <x:v>1164.1</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1214.7</x:v>
+        <x:v>1261.9</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>861.9</x:v>
+        <x:v>1053.4</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>78.3</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>71</x:v>
+        <x:v>83.5</x:v>
       </x:c>
       <x:c r="G71" s="4" t="n">
-        <x:v>853.1</x:v>
+        <x:v>913.7</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
-        <x:v>101</x:v>
+        <x:v>115.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" s="3" t="str">
-        <x:v>Спорт высших достижений</x:v>
+        <x:v>Другие вопросы в области физической культуры и спорта</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1164.1</x:v>
+        <x:v>73.3</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1229</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>948.5</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>81.5</x:v>
+        <x:v>94.3</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>77.2</x:v>
+        <x:v>86.6</x:v>
       </x:c>
       <x:c r="G72" s="4" t="n">
-        <x:v>826.5</x:v>
+        <x:v>40.7</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
-        <x:v>114.8</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" s="3" t="str">
-        <x:v>Другие вопросы в области физической культуры и спорта</x:v>
+        <x:v>СРЕДСТВА МАССОВОЙ ИНФОРМАЦИИ</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>73.3</x:v>
+        <x:v>162.9</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>79.2</x:v>
+        <x:v>160.3</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>61.4</x:v>
+        <x:v>134.1</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>83.8</x:v>
+        <x:v>82.3</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>77.5</x:v>
+        <x:v>83.6</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
-        <x:v>36.6</x:v>
+        <x:v>84.7</x:v>
       </x:c>
       <x:c r="H73" s="4" t="n">
-        <x:v>167.8</x:v>
+        <x:v>158.3</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" s="3" t="str">
-        <x:v>СРЕДСТВА МАССОВОЙ ИНФОРМАЦИИ</x:v>
+        <x:v>Телевидение и радиовещание</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>162.9</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>159.6</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>122.5</x:v>
+        <x:v>61.5</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>75.2</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>76.8</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="G74" s="4" t="n">
-        <x:v>74.4</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="H74" s="4" t="n">
-        <x:v>164.7</x:v>
+        <x:v>430.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
-        <x:v>Телевидение и радиовещание</x:v>
+        <x:v>Периодическая печать и издательства</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>74</x:v>
+        <x:v>88.9</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>74</x:v>
+        <x:v>86.3</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>57.7</x:v>
+        <x:v>72.5</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>77.9</x:v>
+        <x:v>81.6</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>77.9</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G75" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>70.4</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
-        <x:v>484.7</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
-        <x:v>Периодическая печать и издательства</x:v>
+        <x:v>ОБСЛУЖИВАНИЕ ГОСУДАРСТВЕННОГО (МУНИЦИПАЛЬНОГО) ДОЛГА</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>88.9</x:v>
+        <x:v>1148.2</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>85.5</x:v>
+        <x:v>1137.9</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>64.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>72.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>75.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G76" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="4" t="n">
-        <x:v>103.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
-        <x:v>ОБСЛУЖИВАНИЕ ГОСУДАРСТВЕННОГО (МУНИЦИПАЛЬНОГО) ДОЛГА</x:v>
+        <x:v>Обслуживание государственного (муниципального) внутреннего долга</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
         <x:v>1148.2</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1146.5</x:v>
+        <x:v>1137.9</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
-        <x:v>Обслуживание государственного (муниципального) внутреннего долга</x:v>
+        <x:v>МЕЖБЮДЖЕТНЫЕ ТРАНСФЕРТЫ ОБЩЕГО ХАРАКТЕРА БЮДЖЕТАМ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1148.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1146.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G78" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
-        <x:v>МЕЖБЮДЖЕТНЫЕ ТРАНСФЕРТЫ ОБЩЕГО ХАРАКТЕРА БЮДЖЕТАМ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
+        <x:v>Иные дотации</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G79" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" s="3" t="str">
         <x:v>Прочие межбюджетные трансферты общего характера</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G80" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="H80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" s="3" t="str">
         <x:v>Результат исполнения бюджета (дефицит / профицит)</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
         <x:v>-8316.1</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-12680.6</x:v>
+        <x:v>-12892.7</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>13064.8</x:v>
+        <x:v>17292.5</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>-157.1</x:v>
+        <x:v>-207.9</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>-103</x:v>
+        <x:v>-134.1</x:v>
       </x:c>
       <x:c r="G81" s="4" t="n">
-        <x:v>6425.8</x:v>
+        <x:v>10503.7</x:v>
       </x:c>
       <x:c r="H81" s="4" t="n">
-        <x:v>203.3</x:v>
+        <x:v>164.6</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" s="3" t="str">
         <x:v>Расходы - всего</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
         <x:v>169970.7</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>183549.8</x:v>
+        <x:v>184889.8</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>123431.8</x:v>
+        <x:v>138053.7</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>72.6</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>67.2</x:v>
+        <x:v>74.7</x:v>
       </x:c>
       <x:c r="G82" s="4" t="n">
-        <x:v>102995</x:v>
+        <x:v>116527.8</x:v>
       </x:c>
       <x:c r="H82" s="4" t="n">
-        <x:v>119.8</x:v>
+        <x:v>118.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
-    <x:mergeCell ref="A2:H2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>