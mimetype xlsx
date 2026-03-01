--- v1 (2026-01-08)
+++ v2 (2026-03-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7c7ebbfbca4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1eb90a4f6e4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra5f0fade90c34a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R0238bbf57604496e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,2100 +65,64 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5f0fade90c34a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R517cd29de5834115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0238bbf57604496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b7346fb8ab4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:cols>
-[...8 lines deleted...]
-  </x:cols>
+  <x:cols/>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение расходов бюджета по разделам и подразделам (Консолидированный бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.11.2025</x:v>
+        <x:v>Данные на 02.03.2026</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
-    <x:row r="5">
-[...2026 lines deleted...]
-    </x:row>
+    <x:row r="5"/>
   </x:sheetData>
   <x:mergeCells>
-    <x:mergeCell ref="A1:H1"/>
+    <x:mergeCell ref="A1:A1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>