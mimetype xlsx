--- v0 (2025-10-28)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6710c6018ef44a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6265dd9c6c6f40ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb18678a4ac404c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb268163b95784388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,1831 +65,1831 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb18678a4ac404c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba54add3e2a4005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb268163b95784388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772132b9e0ea4ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение расходов бюджета по разделам и подразделам (Краевой бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.10.2025</x:v>
+        <x:v>Данные на 01.11.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Первоначальный план, млн.руб</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Уточненный годовой план, млн. руб.</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Исполнение на отчетную дату, млн. руб.</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>% исполнения первоначального плана, %</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>% исполнения уточненного плана, %</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Исполнение на аналогичный период прошлого года, млн. руб.</x:v>
       </x:c>
       <x:c r="H5" s="2" t="str">
         <x:v>%к прошлому году, %</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ОБЩЕГОСУДАРСТВЕННЫЕ ВОПРОСЫ</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>17264.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9853.6</x:v>
+        <x:v>9093.3</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>3320.7</x:v>
+        <x:v>3996.8</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>33.7</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>2910.7</x:v>
+        <x:v>3340.8</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>114.1</x:v>
+        <x:v>119.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>Функционирование высшего должностного лица субъекта Российской Федерации и муниципального образования</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>170</x:v>
+        <x:v>195.8</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>85.2</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>198.9</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Функционирование законодательных (представительных) органов государственной власти и представительных органов муниципальных образований</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>290.4</x:v>
+        <x:v>290.9</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>222</x:v>
+        <x:v>246.4</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>93.7</x:v>
+        <x:v>103.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>76.4</x:v>
+        <x:v>84.7</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>151.3</x:v>
+        <x:v>175.4</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>146.7</x:v>
+        <x:v>140.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Функционирование Правительства Российской Федерации, высших исполнительных органов субъектов Российской Федерации, местных администраций</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>128.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>169.4</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>120.5</x:v>
+        <x:v>142.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>93.6</x:v>
+        <x:v>110.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>71.2</x:v>
+        <x:v>83.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>97.1</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>154.5</x:v>
+        <x:v>146.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Судебная система</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Обеспечение деятельности финансовых, налоговых и таможенных органов и органов финансового (финансово-бюджетного) надзора</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>345.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>253.7</x:v>
+        <x:v>291.6</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>92.2</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>73.4</x:v>
+        <x:v>84.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>183.9</x:v>
+        <x:v>216.2</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>137.9</x:v>
+        <x:v>134.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>Обеспечение проведения выборов и референдумов</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>50.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>84.7</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>66</x:v>
+        <x:v>73.4</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>131.4</x:v>
+        <x:v>146.1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>77.9</x:v>
+        <x:v>86.6</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>267.5</x:v>
+        <x:v>284.6</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Резервные фонды</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>165.3</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>Другие общегосударственные вопросы</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>16463.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8776.6</x:v>
+        <x:v>8041.8</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2643</x:v>
+        <x:v>3225.4</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>30.1</x:v>
+        <x:v>40.1</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>2222.1</x:v>
+        <x:v>2552.1</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>118.9</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ ОБОРОНА</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>79.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>80.4</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>55.1</x:v>
+        <x:v>62.6</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>69</x:v>
+        <x:v>78.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>68.5</x:v>
+        <x:v>77.9</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>63.5</x:v>
+        <x:v>71.4</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>86.8</x:v>
+        <x:v>87.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>Мобилизационная и вневойсковая подготовка</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>79.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>80.4</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>55.1</x:v>
+        <x:v>62.6</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>69</x:v>
+        <x:v>78.4</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>68.5</x:v>
+        <x:v>77.9</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>63.5</x:v>
+        <x:v>71.4</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>86.8</x:v>
+        <x:v>87.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ БЕЗОПАСНОСТЬ И ПРАВООХРАНИТЕЛЬНАЯ ДЕЯТЕЛЬНОСТЬ</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2500.7</x:v>
+        <x:v>2507.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1586.5</x:v>
+        <x:v>1888.1</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>80.3</x:v>
+        <x:v>95.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>75.3</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>1450.8</x:v>
+        <x:v>1622.6</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>109.4</x:v>
+        <x:v>116.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>Гражданская оборона</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>52.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>62.8</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>42</x:v>
+        <x:v>50.7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>80.5</x:v>
+        <x:v>97.2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>66.9</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>35.1</x:v>
+        <x:v>41.1</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>119.7</x:v>
+        <x:v>123.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>Защита населения и территории от чрезвычайных ситуаций природного и техногенного характера, пожарная безопасность</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>1924.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2437.4</x:v>
+        <x:v>2444.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1544.3</x:v>
+        <x:v>1837.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>80.3</x:v>
+        <x:v>95.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>75.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1415.6</x:v>
+        <x:v>1581.4</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>109.1</x:v>
+        <x:v>116.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>Миграционная политика</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>40.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>40.5</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>198.7</x:v>
+        <x:v>168.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>НАЦИОНАЛЬНАЯ ЭКОНОМИКА</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>29354.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>36212.9</x:v>
+        <x:v>36255.9</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>25109.5</x:v>
+        <x:v>27510.4</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>85.5</x:v>
+        <x:v>93.7</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>69.3</x:v>
+        <x:v>75.9</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>19355.4</x:v>
+        <x:v>22261.4</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>129.7</x:v>
+        <x:v>123.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>Общеэкономические вопросы</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>301.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>301.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>176.8</x:v>
+        <x:v>215.8</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>58.6</x:v>
+        <x:v>71.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>58.7</x:v>
+        <x:v>71.6</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>173.4</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>101.9</x:v>
+        <x:v>110.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>Сельское хозяйство и рыболовство</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>3008.4</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3158.2</x:v>
+        <x:v>3153</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2435.2</x:v>
+        <x:v>2579.1</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>80.9</x:v>
+        <x:v>85.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>77.1</x:v>
+        <x:v>81.8</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>1871.1</x:v>
+        <x:v>2026.6</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>130.1</x:v>
+        <x:v>127.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>Водное хозяйство</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>1646.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1815.2</x:v>
+        <x:v>1823.6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1241.5</x:v>
+        <x:v>1382.9</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>75.4</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>68.4</x:v>
+        <x:v>75.8</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>689.7</x:v>
+        <x:v>781.4</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
         <x:v>Лесное хозяйство</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>3271.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4900.1</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4261</x:v>
+        <x:v>4429</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>130.2</x:v>
+        <x:v>135.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>87</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>2583.5</x:v>
+        <x:v>2919.2</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>164.9</x:v>
+        <x:v>151.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>Транспорт</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>812.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1004.3</x:v>
+        <x:v>1150.9</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>712.3</x:v>
+        <x:v>801.9</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>87.7</x:v>
+        <x:v>98.7</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>70.9</x:v>
+        <x:v>69.7</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>470.4</x:v>
+        <x:v>579.3</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
-        <x:v>151.4</x:v>
+        <x:v>138.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>Дорожное хозяйство (дорожные фонды)</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>17957.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>19136.5</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>12592.4</x:v>
+        <x:v>13896.5</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>70.1</x:v>
+        <x:v>77.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>65.8</x:v>
+        <x:v>72.6</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>9798.3</x:v>
+        <x:v>11289.1</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>128.5</x:v>
+        <x:v>123.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>Связь и информатика</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>154.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>163.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>83</x:v>
+        <x:v>115.3</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>53.7</x:v>
+        <x:v>74.6</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>50.9</x:v>
+        <x:v>70.7</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>105.1</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>79</x:v>
+        <x:v>100.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>Другие вопросы в области национальной экономики</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>2201.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5734.1</x:v>
+        <x:v>5627.3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3607.3</x:v>
+        <x:v>4090</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>163.8</x:v>
+        <x:v>185.7</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>72.7</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>3663.8</x:v>
+        <x:v>4356.5</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>98.5</x:v>
+        <x:v>93.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
         <x:v>ЖИЛИЩНО-КОММУНАЛЬНОЕ ХОЗЯЙСТВО</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>10623.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>12779.3</x:v>
+        <x:v>13198.1</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>7384.3</x:v>
+        <x:v>8349.8</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>69.5</x:v>
+        <x:v>78.6</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>57.8</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>4984.9</x:v>
+        <x:v>5972</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>148.1</x:v>
+        <x:v>139.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
         <x:v>Жилищное хозяйство</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>408.8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>73.9</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
         <x:v>Коммунальное хозяйство</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>7301.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>9340.6</x:v>
+        <x:v>8981</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4379.4</x:v>
+        <x:v>5263.9</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>60</x:v>
+        <x:v>72.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>46.9</x:v>
+        <x:v>58.6</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>3294.5</x:v>
+        <x:v>4199.4</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>132.9</x:v>
+        <x:v>125.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
         <x:v>Благоустройство</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>858.6</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>986.2</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>885.7</x:v>
+        <x:v>937.1</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>103.2</x:v>
+        <x:v>109.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>89.8</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>1108.5</x:v>
+        <x:v>1168.9</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>79.9</x:v>
+        <x:v>80.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
         <x:v>Другие вопросы в области жилищно-коммунального хозяйства</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>2463.6</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2452.1</x:v>
+        <x:v>2822.1</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2118.8</x:v>
+        <x:v>2148.4</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>86</x:v>
+        <x:v>87.2</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>86.4</x:v>
+        <x:v>76.1</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>508</x:v>
+        <x:v>529.8</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>417.1</x:v>
+        <x:v>405.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
         <x:v>ОХРАНА ОКРУЖАЮЩЕЙ СРЕДЫ</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>280.4</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>862.1</x:v>
+        <x:v>861.6</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>403.3</x:v>
+        <x:v>459.4</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>143.8</x:v>
+        <x:v>163.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>46.8</x:v>
+        <x:v>53.3</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>922.6</x:v>
+        <x:v>958.4</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>43.7</x:v>
+        <x:v>47.9</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
         <x:v>Охрана объектов растительного и животного мира и среды их обитания</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>38.2</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>34.3</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>30.4</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>67.8</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>88.6</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>111.2</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
         <x:v>Прикладные научные исследования в области охраны окружающей среды</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>42.8</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
         <x:v>Другие вопросы в области охраны окружающей среды</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>242.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>826.7</x:v>
+        <x:v>826.2</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>376.9</x:v>
+        <x:v>428.5</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>155.7</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>45.6</x:v>
+        <x:v>51.9</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>899.3</x:v>
+        <x:v>931.7</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>41.9</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
         <x:v>ОБРАЗОВАНИЕ</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>33077.6</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>33024.9</x:v>
+        <x:v>33024.8</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>24453</x:v>
+        <x:v>28139.5</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>85.1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>74</x:v>
+        <x:v>85.2</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>24283.1</x:v>
+        <x:v>27047.1</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
-        <x:v>100.7</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
         <x:v>Дошкольное образование</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>7459.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>6964.5</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>4816.1</x:v>
+        <x:v>5641.1</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>69.2</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>4191.7</x:v>
+        <x:v>4778.1</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>114.9</x:v>
+        <x:v>118.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
         <x:v>Общее образование</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>20258.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>20641.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>15695.4</x:v>
+        <x:v>18099.2</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>77.5</x:v>
+        <x:v>89.3</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>76</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>16252.1</x:v>
+        <x:v>17992.4</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>96.6</x:v>
+        <x:v>100.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
         <x:v>Дополнительное образование детей</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>370.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>359.4</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>234.2</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>63.2</x:v>
+        <x:v>76.5</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>65.2</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>289.2</x:v>
+        <x:v>310.5</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>81</x:v>
+        <x:v>91.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
         <x:v>Среднее профессиональное образование</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>3562.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>3443.9</x:v>
+        <x:v>3443.2</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2647.4</x:v>
+        <x:v>2964.5</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>74.3</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>76.9</x:v>
+        <x:v>86.1</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>2418.7</x:v>
+        <x:v>2689.6</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>109.5</x:v>
+        <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
         <x:v>Профессиональная подготовка, переподготовка и повышение квалификации</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>123.5</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>121.5</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>76.9</x:v>
+        <x:v>94.2</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>62.3</x:v>
+        <x:v>76.3</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>63.3</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>92.3</x:v>
+        <x:v>104.5</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>90.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
         <x:v>Высшее образование</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>167.1</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>227.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>27.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>55.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
         <x:v>Молодежная политика</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>95.8</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>101.2</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>81.4</x:v>
+        <x:v>88.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>77.1</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>71.5</x:v>
+        <x:v>78.3</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
-        <x:v>109.1</x:v>
+        <x:v>108.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
         <x:v>Другие вопросы в области образования</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>1040.6</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1165.4</x:v>
+        <x:v>1166.1</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>877.3</x:v>
+        <x:v>944.6</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>84.3</x:v>
+        <x:v>90.8</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>75.3</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>917.5</x:v>
+        <x:v>1043.6</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
-        <x:v>95.6</x:v>
+        <x:v>90.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
         <x:v>КУЛЬТУРА, КИНЕМАТОГРАФИЯ</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2398.1</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2618.6</x:v>
+        <x:v>2625.2</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>1738.7</x:v>
+        <x:v>1970.2</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>82.2</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>66.4</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>1638.9</x:v>
+        <x:v>1809.9</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
-        <x:v>106.1</x:v>
+        <x:v>108.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
         <x:v>Культура</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>1584.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>1697.9</x:v>
+        <x:v>1697.7</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>1262.5</x:v>
+        <x:v>1409.8</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>79.7</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>74.4</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>1200.1</x:v>
+        <x:v>1307.4</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
-        <x:v>105.2</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
         <x:v>Кинематография</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>92.6</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>80.8</x:v>
+        <x:v>88.9</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>87.3</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>88.8</x:v>
+        <x:v>97.6</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>83.6</x:v>
+        <x:v>90.7</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
-        <x:v>96.6</x:v>
+        <x:v>97.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
         <x:v>Другие вопросы в области культуры, кинематографии</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>721.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>829.7</x:v>
+        <x:v>836.5</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>395.4</x:v>
+        <x:v>471.5</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>54.8</x:v>
+        <x:v>65.4</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>47.7</x:v>
+        <x:v>56.4</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>355.2</x:v>
+        <x:v>411.8</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
-        <x:v>111.3</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
         <x:v>ЗДРАВООХРАНЕНИЕ</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>10094.2</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>10436.6</x:v>
+        <x:v>10472.7</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>7972.3</x:v>
+        <x:v>8663.1</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>79</x:v>
+        <x:v>85.8</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>76.4</x:v>
+        <x:v>82.7</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>4914.8</x:v>
+        <x:v>5402.3</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
-        <x:v>162.2</x:v>
+        <x:v>160.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
         <x:v>Стационарная медицинская помощь</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>4319.7</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4621.9</x:v>
+        <x:v>4622.6</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3848.1</x:v>
+        <x:v>4114.7</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>89.1</x:v>
+        <x:v>95.3</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
-        <x:v>2683.5</x:v>
+        <x:v>2892.7</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
-        <x:v>143.4</x:v>
+        <x:v>142.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
         <x:v>Амбулаторная помощь</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>4040.9</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3995.3</x:v>
+        <x:v>4030</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2914.4</x:v>
+        <x:v>3126.7</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>72.1</x:v>
+        <x:v>77.4</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>72.9</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>1106.9</x:v>
+        <x:v>1249.4</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
-        <x:v>263.3</x:v>
+        <x:v>250.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
         <x:v>Скорая медицинская помощь</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>821.8</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>799.8</x:v>
+        <x:v>799.2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>524.1</x:v>
+        <x:v>603.5</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>63.8</x:v>
+        <x:v>73.4</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>65.5</x:v>
+        <x:v>75.5</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>444.8</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
-        <x:v>117.8</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
         <x:v>Санаторно-оздоровительная помощь</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
         <x:v>118.6</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>138</x:v>
+        <x:v>139.3</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>80.9</x:v>
+        <x:v>95.3</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>69.6</x:v>
+        <x:v>81.1</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>74.6</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
-        <x:v>128.7</x:v>
+        <x:v>137.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
         <x:v>Заготовка, переработка, хранение и обеспечение безопасности донорской крови и ее компонентов</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
         <x:v>108.7</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>140.7</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>97.7</x:v>
+        <x:v>112.1</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>89.9</x:v>
+        <x:v>103.2</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>69.5</x:v>
+        <x:v>79.7</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
-        <x:v>125.9</x:v>
+        <x:v>133.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
         <x:v>Другие вопросы в области здравоохранения</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
         <x:v>684.6</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>740.9</x:v>
+        <x:v>740.8</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>492</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>86.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>66.4</x:v>
+        <x:v>80.1</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>527.3</x:v>
+        <x:v>590.8</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
-        <x:v>93.3</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
         <x:v>СОЦИАЛЬНАЯ ПОЛИТИКА</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
         <x:v>32100</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>36959.8</x:v>
+        <x:v>37818</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>28141.1</x:v>
+        <x:v>31460.9</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>87.7</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
-        <x:v>22669.8</x:v>
+        <x:v>25488.2</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
-        <x:v>124.1</x:v>
+        <x:v>123.4</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
         <x:v>Пенсионное обеспечение</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
         <x:v>3907.1</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3907.1</x:v>
+        <x:v>4485.5</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3434.8</x:v>
+        <x:v>3812</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>87.9</x:v>
+        <x:v>97.6</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>87.9</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
-        <x:v>2740.3</x:v>
+        <x:v>3032.7</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
-        <x:v>125.3</x:v>
+        <x:v>125.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
         <x:v>Социальное обслуживание населения</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
         <x:v>3996.5</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>4083.8</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>2854.5</x:v>
+        <x:v>3155.2</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>71.4</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>69.9</x:v>
+        <x:v>77.3</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
-        <x:v>2334.5</x:v>
+        <x:v>2692.2</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
-        <x:v>122.3</x:v>
+        <x:v>117.2</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
         <x:v>Социальное обеспечение населения</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
         <x:v>17637</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>22296</x:v>
+        <x:v>22524.2</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>17035.4</x:v>
+        <x:v>19223.5</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>96.6</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>76.4</x:v>
+        <x:v>85.3</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
-        <x:v>12741</x:v>
+        <x:v>14277.6</x:v>
       </x:c>
       <x:c r="H62" s="4" t="n">
-        <x:v>133.7</x:v>
+        <x:v>134.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
         <x:v>Охрана семьи и детства</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
         <x:v>6184.7</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6275.3</x:v>
+        <x:v>6313.4</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>4550</x:v>
+        <x:v>4975.1</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>73.6</x:v>
+        <x:v>80.4</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>72.5</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>4663.7</x:v>
+        <x:v>5276.3</x:v>
       </x:c>
       <x:c r="H63" s="4" t="n">
-        <x:v>97.6</x:v>
+        <x:v>94.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
         <x:v>Другие вопросы в области социальной политики</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
         <x:v>374.7</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>397.7</x:v>
+        <x:v>411.2</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>266.4</x:v>
+        <x:v>295.1</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>71.1</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>67</x:v>
+        <x:v>71.8</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
-        <x:v>190.4</x:v>
+        <x:v>209.5</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
-        <x:v>140</x:v>
+        <x:v>140.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
         <x:v>ФИЗИЧЕСКАЯ КУЛЬТУРА И СПОРТ</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
         <x:v>1736.2</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>1766.2</x:v>
+        <x:v>1758.5</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1334</x:v>
+        <x:v>1463.7</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>76.8</x:v>
+        <x:v>84.3</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>75.5</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
-        <x:v>1309.3</x:v>
+        <x:v>1573.3</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
-        <x:v>101.9</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
         <x:v>Массовый спорт</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
         <x:v>1004.1</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1029.2</x:v>
+        <x:v>1021.5</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>760.7</x:v>
+        <x:v>827.8</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>75.8</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G66" s="4" t="n">
-        <x:v>771.2</x:v>
+        <x:v>984.6</x:v>
       </x:c>
       <x:c r="H66" s="4" t="n">
-        <x:v>98.6</x:v>
+        <x:v>84.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
         <x:v>Спорт высших достижений</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
         <x:v>701.8</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>544.9</x:v>
+        <x:v>603.6</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
-        <x:v>516.1</x:v>
+        <x:v>564.6</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
-        <x:v>105.6</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
         <x:v>Другие вопросы в области физической культуры и спорта</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
         <x:v>30.1</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
         <x:v>35.2</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>32.3</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>94.4</x:v>
+        <x:v>107.1</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>80.7</x:v>
+        <x:v>91.6</x:v>
       </x:c>
       <x:c r="G68" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
-        <x:v>128.9</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" s="3" t="str">
         <x:v>СРЕДСТВА МАССОВОЙ ИНФОРМАЦИИ</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
         <x:v>112.2</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
         <x:v>112.2</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>84.9</x:v>
+        <x:v>92.6</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>82.5</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>82.5</x:v>
       </x:c>
       <x:c r="G69" s="4" t="n">
-        <x:v>38.2</x:v>
+        <x:v>43.5</x:v>
       </x:c>
       <x:c r="H69" s="4" t="n">
-        <x:v>222.5</x:v>
+        <x:v>212.7</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" s="3" t="str">
         <x:v>Телевидение и радиовещание</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>57.7</x:v>
+        <x:v>61.5</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>77.9</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>77.9</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="G70" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="H70" s="4" t="n">
-        <x:v>484.7</x:v>
+        <x:v>430.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" s="3" t="str">
         <x:v>Периодическая печать и издательства</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
         <x:v>38.2</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>38.2</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>71.3</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>71.3</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="G71" s="4" t="n">
-        <x:v>26.3</x:v>
+        <x:v>29.2</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
-        <x:v>103.7</x:v>
+        <x:v>106.2</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" s="3" t="str">
         <x:v>ОБСЛУЖИВАНИЕ ГОСУДАРСТВЕННОГО (МУНИЦИПАЛЬНОГО) ДОЛГА</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
         <x:v>1133.8</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
         <x:v>1133.8</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
@@ -1908,180 +1908,179 @@
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" s="3" t="str">
         <x:v>МЕЖБЮДЖЕТНЫЕ ТРАНСФЕРТЫ ОБЩЕГО ХАРАКТЕРА БЮДЖЕТАМ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
         <x:v>7968.2</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>8680.6</x:v>
+        <x:v>8765.7</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>4798.1</x:v>
+        <x:v>5395</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>60.2</x:v>
+        <x:v>67.7</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>55.3</x:v>
+        <x:v>61.5</x:v>
       </x:c>
       <x:c r="G74" s="4" t="n">
-        <x:v>5602.7</x:v>
+        <x:v>6256.9</x:v>
       </x:c>
       <x:c r="H74" s="4" t="n">
-        <x:v>85.6</x:v>
+        <x:v>86.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
         <x:v>Дотации на выравнивание бюджетной обеспеченности субъектов Российской Федерации и муниципальных образований</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>5510.4</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
         <x:v>5385.9</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>4087.6</x:v>
+        <x:v>4291.1</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>74.2</x:v>
+        <x:v>77.9</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>75.9</x:v>
+        <x:v>79.7</x:v>
       </x:c>
       <x:c r="G75" s="4" t="n">
-        <x:v>4237.4</x:v>
+        <x:v>4453.2</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
-        <x:v>96.5</x:v>
+        <x:v>96.4</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
         <x:v>Иные дотации</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
         <x:v>2159.8</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>2895.8</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>403.3</x:v>
+        <x:v>776.7</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="G76" s="4" t="n">
-        <x:v>840.3</x:v>
+        <x:v>1202.3</x:v>
       </x:c>
       <x:c r="H76" s="4" t="n">
-        <x:v>48</x:v>
+        <x:v>64.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
         <x:v>Прочие межбюджетные трансферты общего характера</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>398.9</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>307.2</x:v>
+        <x:v>327.2</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>103.1</x:v>
+        <x:v>109.8</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G77" s="4" t="n">
-        <x:v>525</x:v>
+        <x:v>601.4</x:v>
       </x:c>
       <x:c r="H77" s="4" t="n">
-        <x:v>58.5</x:v>
+        <x:v>54.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
         <x:v>Результат исполнения бюджета (дефицит / профицит)</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
         <x:v>-8650</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
         <x:v>-9507.6</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>11705.2</x:v>
+        <x:v>14688.9</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>-135.3</x:v>
+        <x:v>-169.8</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>-123.1</x:v>
+        <x:v>-154.5</x:v>
       </x:c>
       <x:c r="G78" s="4" t="n">
-        <x:v>5645.7</x:v>
+        <x:v>9418.8</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
-        <x:v>207.3</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
         <x:v>Расходы - всего</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
         <x:v>148200.1</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>157021.5</x:v>
+        <x:v>157707.5</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>106381.5</x:v>
+        <x:v>119452</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>71.8</x:v>
+        <x:v>80.6</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>67.7</x:v>
+        <x:v>75.7</x:v>
       </x:c>
       <x:c r="G79" s="4" t="n">
-        <x:v>90144.5</x:v>
+        <x:v>101847.8</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
-        <x:v>118</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
-    <x:mergeCell ref="A2:H2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>