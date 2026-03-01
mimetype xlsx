--- v1 (2026-01-08)
+++ v2 (2026-03-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6265dd9c6c6f40ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79efcedae61e41bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb268163b95784388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R4bcac2cfcc264601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,2022 +65,64 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb268163b95784388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772132b9e0ea4ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4bcac2cfcc264601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bcc0c371c254aa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:cols>
-[...8 lines deleted...]
-  </x:cols>
+  <x:cols/>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение расходов бюджета по разделам и подразделам (Краевой бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.11.2025</x:v>
+        <x:v>Данные на 02.03.2026</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
-    <x:row r="5">
-[...1948 lines deleted...]
-    </x:row>
+    <x:row r="5"/>
   </x:sheetData>
   <x:mergeCells>
-    <x:mergeCell ref="A1:H1"/>
+    <x:mergeCell ref="A1:A1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>