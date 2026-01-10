--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2b5e6313cc4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68745334e46d4abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R0d98363af9254ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R89212a8b29b04a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,323 +65,323 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d98363af9254ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra025fbeb915044a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89212a8b29b04a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698fcddda402487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение доходов (Краевой бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.08.2025</x:v>
+        <x:v>Данные на 01.11.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Факт на аналогичный период прошлого года, млн. руб.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Первоначальный план, млн. руб.</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Уточненный план, млн. руб.</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>Факт, млн. руб.</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>% исполнения первоначального плана, %</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Процент исполнения уточненного плана, %</x:v>
       </x:c>
       <x:c r="H5" s="2" t="str">
         <x:v>% к прошлому году, %</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>ДОХОДЫ БЮДЖЕТА - ВСЕГО</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>73934.5</x:v>
+        <x:v>111266.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>139550.1</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>143214.9</x:v>
+        <x:v>148199.9</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>94037.9</x:v>
+        <x:v>134140.9</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>67.4</x:v>
+        <x:v>96.1</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>65.7</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>127.2</x:v>
+        <x:v>120.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>Налоговые и неналоговые доходы</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>41745.6</x:v>
+        <x:v>65604.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>85281.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>89214.6</x:v>
+        <x:v>92188</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>59264</x:v>
+        <x:v>86846.6</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>69.5</x:v>
+        <x:v>101.8</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>66.4</x:v>
+        <x:v>94.2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>142</x:v>
+        <x:v>132.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Налог на прибыль организаций</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11176.2</x:v>
+        <x:v>18922.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>23437.4</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>23849.4</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>20339.3</x:v>
+        <x:v>27570.8</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>86.8</x:v>
+        <x:v>117.6</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>85.3</x:v>
+        <x:v>115.6</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>182</x:v>
+        <x:v>145.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Налог на доходы физических лиц</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14783.6</x:v>
+        <x:v>21959.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>32242.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>33417.5</x:v>
+        <x:v>32642</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16830</x:v>
+        <x:v>24974.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>52.2</x:v>
+        <x:v>77.5</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>50.4</x:v>
+        <x:v>76.5</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>113.8</x:v>
+        <x:v>113.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Налоги на товары (работы, услуги), реализуемые на территории российской федерации</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5123.9</x:v>
+        <x:v>7559.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>10537.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11541.5</x:v>
+        <x:v>11425.6</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6374.2</x:v>
+        <x:v>9273.6</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>60.5</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>55.2</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>124.4</x:v>
+        <x:v>122.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Акцизы на алкогольную продукцию</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>874.8</x:v>
+        <x:v>1327.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1581.8</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2063.9</x:v>
+        <x:v>1945.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>960.8</x:v>
+        <x:v>1493.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>60.7</x:v>
+        <x:v>94.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>46.6</x:v>
+        <x:v>76.8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>109.8</x:v>
+        <x:v>112.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>Акцизы на нефтепродукты</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4246.8</x:v>
+        <x:v>6228.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>8951.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>9472.8</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5409.8</x:v>
+        <x:v>7773.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>60.4</x:v>
+        <x:v>86.8</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>57.1</x:v>
+        <x:v>82.1</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>127.4</x:v>
+        <x:v>124.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Налог, взимаемый в связи с применением упрощенной системы налогообложения</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2872.3</x:v>
+        <x:v>3889</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>4466.8</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4466.8</x:v>
+        <x:v>4538.9</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3227.7</x:v>
+        <x:v>4197.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>72.3</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>72.3</x:v>
+        <x:v>92.5</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>112.4</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>Единый налог на вмененный доход для отдельных видов деятельности</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -423,807 +423,806 @@
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>Налог на имущество организаций</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3938.7</x:v>
+        <x:v>6346.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6560</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6560</x:v>
+        <x:v>6610.8</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>5091.3</x:v>
+        <x:v>6861.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>104.6</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>103.8</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>129.3</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>Транспортный налог</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>264.6</x:v>
+        <x:v>501.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>868</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>868</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>251</x:v>
+        <x:v>502.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>57.9</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>57.9</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>94.9</x:v>
+        <x:v>100.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>Земельный налог</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>Налог на добычу полезных ископаемых</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1608.8</x:v>
+        <x:v>3400.8</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>4075.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4863.8</x:v>
+        <x:v>7112.7</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3435.4</x:v>
+        <x:v>7028.3</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>84.3</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>70.6</x:v>
+        <x:v>98.8</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>213.5</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>Прочие налоговые доходы</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>Налог на игорный бизнес</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>51.9</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>71.4</x:v>
+        <x:v>75.6</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>64.8</x:v>
+        <x:v>90.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>Сборы за пользование объектами животного мира и за пользование объектами водных биологических ресурсов</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>87.1</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>117.6</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>Государственная пошлина</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>59.4</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>103.1</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>103.1</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>69.4</x:v>
+        <x:v>108.1</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>67.3</x:v>
+        <x:v>104.8</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>67.3</x:v>
+        <x:v>104.8</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>116.9</x:v>
+        <x:v>131.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
         <x:v>Задолженность и перерасчеты по отмененным налогам, сборам и иным обязательным платежам</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>-100</x:v>
+        <x:v>-753.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>Неналоговые доходы</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1837</x:v>
+        <x:v>2808.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2721.6</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3274.1</x:v>
+        <x:v>4775.4</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3521.7</x:v>
+        <x:v>6134.8</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>129.4</x:v>
+        <x:v>225.4</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>107.6</x:v>
+        <x:v>128.5</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>191.7</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>Доходы от использования имущества, находящегося в государственной и муниципальной собственности</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>864.6</x:v>
+        <x:v>1443.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1367.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1767.4</x:v>
+        <x:v>3171.1</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2469.6</x:v>
+        <x:v>3561.6</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>180.6</x:v>
+        <x:v>260.5</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>139.7</x:v>
+        <x:v>112.3</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>285.6</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>Платежи при пользовании природными ресурсами</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>156.4</x:v>
+        <x:v>217.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>227.8</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>231.7</x:v>
+        <x:v>318.2</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>222.4</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>97.6</x:v>
+        <x:v>118.1</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>96</x:v>
+        <x:v>84.5</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>142.2</x:v>
+        <x:v>123.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
         <x:v>Доходы от оказания платных услуг (работ) и компенсации затрат государства</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>242.6</x:v>
+        <x:v>296.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>304.5</x:v>
+        <x:v>302.6</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>141.5</x:v>
+        <x:v>1325.6</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>53.2</x:v>
+        <x:v>498.4</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>46.5</x:v>
+        <x:v>438.1</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>58.3</x:v>
+        <x:v>446.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
         <x:v>Доходы от продажи материальных и нематериальных активов</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>144.4</x:v>
+        <x:v>162.5</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>92.1</x:v>
+        <x:v>103.1</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>66.1</x:v>
+        <x:v>72.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
         <x:v>Административные платежи и сборы</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>59.2</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>59.2</x:v>
+        <x:v>73.5</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>155.8</x:v>
+        <x:v>156.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
         <x:v>Штрафы, санкции, возмещение ущерба</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>563.9</x:v>
+        <x:v>834.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>851.2</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>959.8</x:v>
+        <x:v>972.5</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>669.1</x:v>
+        <x:v>969.2</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>78.6</x:v>
+        <x:v>113.9</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>69.7</x:v>
+        <x:v>99.7</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>118.7</x:v>
+        <x:v>116.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
         <x:v>Прочие неналоговые доходы</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>650.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
         <x:v>Поступления по урегулированию расчетов между бюджетами РФ</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
         <x:v>Безвозмездные поступления</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>32188.9</x:v>
+        <x:v>45662.3</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>54268.8</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>54000.4</x:v>
+        <x:v>56012</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>34773.9</x:v>
+        <x:v>47294.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>64.1</x:v>
+        <x:v>87.1</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>64.4</x:v>
+        <x:v>84.4</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>108</x:v>
+        <x:v>103.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
         <x:v>Безвозмездные поступления от других бюджетов бюджетной системы российской федерации</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>30362.2</x:v>
+        <x:v>43769.7</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>54268.8</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>53585.8</x:v>
+        <x:v>55597.2</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>34764.4</x:v>
+        <x:v>47091.8</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>64.1</x:v>
+        <x:v>86.8</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>64.9</x:v>
+        <x:v>84.7</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>114.5</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
         <x:v>Дотации бюджетам субъектов Российской Федерации и муниципальных образований</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>11191.6</x:v>
+        <x:v>15935.5</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>17699.1</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>17699.1</x:v>
+        <x:v>17851.7</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>10477.1</x:v>
+        <x:v>14901.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>59.2</x:v>
+        <x:v>84.2</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>59.2</x:v>
+        <x:v>83.5</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>93.6</x:v>
+        <x:v>93.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
         <x:v>Дотации на выравнивание бюджетной обеспеченности</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>8541.5</x:v>
+        <x:v>12202.1</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>13910.4</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>13910.4</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>8114.4</x:v>
+        <x:v>11592</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>58.3</x:v>
+        <x:v>83.3</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>58.3</x:v>
+        <x:v>83.3</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
         <x:v>Дотации бюджетам на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
         <x:v>Субсидии бюджетам бюджетной системы Российской Федерации (межбюджетные субсидии)</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>15385.7</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>30060.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>28845.5</x:v>
+        <x:v>29280.2</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>19710</x:v>
+        <x:v>24794.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>65.6</x:v>
+        <x:v>82.5</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>68.3</x:v>
+        <x:v>84.7</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>128.1</x:v>
+        <x:v>112.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
         <x:v>Субвенции бюджетам субъектов Российской Федерации и муниципальных образований</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2337.2</x:v>
+        <x:v>4042.2</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>4550.7</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>4788.3</x:v>
+        <x:v>6206</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>3110.8</x:v>
+        <x:v>5487.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>68.4</x:v>
+        <x:v>120.6</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>65</x:v>
+        <x:v>88.4</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>133.1</x:v>
+        <x:v>135.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
         <x:v>Иные межбюджетные трансферты</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1447.7</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>1958.1</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2253</x:v>
+        <x:v>2259.3</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>1466.6</x:v>
+        <x:v>1907.4</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>74.9</x:v>
+        <x:v>97.4</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>65.1</x:v>
+        <x:v>84.4</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>101.3</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
         <x:v>Безвозмездные поступления от государственных (муниципальных) организаций</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>34.5</x:v>
+        <x:v>34.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>426.1</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>207.6</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>48.7</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>599.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
         <x:v>Безвозмездные поступления от негосударственных организаций</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>26.5</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>23.9</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.2</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>90.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
         <x:v>Прочие безвозмездные поступления</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
-    <x:mergeCell ref="A2:H2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>