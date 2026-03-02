--- v1 (2026-01-10)
+++ v2 (2026-03-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68745334e46d4abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2386030da0164aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R89212a8b29b04a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R9768f94419ed4154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,1164 +65,64 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89212a8b29b04a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698fcddda402487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9768f94419ed4154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f8fa4d58d4744ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:cols>
-[...8 lines deleted...]
-  </x:cols>
+  <x:cols/>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Исполнение доходов (Краевой бюджет)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.11.2025</x:v>
+        <x:v>Данные на 02.03.2026</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
-    <x:row r="5">
-[...1090 lines deleted...]
-    </x:row>
+    <x:row r="5"/>
   </x:sheetData>
   <x:mergeCells>
-    <x:mergeCell ref="A1:H1"/>
+    <x:mergeCell ref="A1:A1"/>
   </x:mergeCells>
 </x:worksheet>
 </file>